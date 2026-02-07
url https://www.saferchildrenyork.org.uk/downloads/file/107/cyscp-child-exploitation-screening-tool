--- v0 (2025-10-07)
+++ v1 (2026-02-07)
@@ -1,86 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:id w:val="24340167"/>
-        <w:lock w:val="sdtContentLocked"/>
+        <w:lock w:val="contentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_22675703"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="00CC0086" w:rsidRPr="00AA53C9" w:rsidRDefault="00AE1D69" w:rsidP="00CC0086">
+        <w:p w14:paraId="06C09A3F" w14:textId="77777777" w:rsidR="00CC0086" w:rsidRPr="00AA53C9" w:rsidRDefault="00AE1D69" w:rsidP="00CC0086">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AA53C9">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t xml:space="preserve">The </w:t>
           </w:r>
           <w:r w:rsidR="0017503E" w:rsidRPr="00AA53C9">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t>C</w:t>
           </w:r>
           <w:r w:rsidR="006063F5" w:rsidRPr="00AA53C9">
@@ -150,2702 +151,2879 @@
           <w:r w:rsidR="003530F6">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t xml:space="preserve"> (including Sexual Exploitation)</w:t>
           </w:r>
           <w:r w:rsidR="0017503E" w:rsidRPr="00AA53C9">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t xml:space="preserve"> Screening </w:t>
           </w:r>
           <w:r w:rsidRPr="00AA53C9">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t>Tool</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00AE1D69" w:rsidRDefault="00CC4459">
+        <w:p w14:paraId="25EA195D" w14:textId="3A5BC124" w:rsidR="00AE1D69" w:rsidRDefault="00CC4459">
           <w:r>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">This is a </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>screening tool</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> to be used as </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>an aid</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> by practitioners to help them consider the level of risk a child or young person might be at, through thinking about their individual needs via their behaviour and known information. </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">IT IS NOT A FULL ASSESSMENT OF RISK </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>which would be carried out by Children’s Social Care</w:t>
           </w:r>
           <w:r w:rsidR="001D6C92">
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
-            <w:t xml:space="preserve"> but it can help inform an enquiry to the Children’s Front Door and any subsequent assessment.</w:t>
+            <w:t xml:space="preserve"> but it can help inform an enquiry to the </w:t>
+          </w:r>
+          <w:r w:rsidR="00D349C0">
+            <w:rPr>
+              <w:sz w:val="24"/>
+            </w:rPr>
+            <w:t>Multi-Agency Safeguarding Hub</w:t>
+          </w:r>
+          <w:r w:rsidR="001D6C92">
+            <w:rPr>
+              <w:sz w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> and any subsequent assessment.</w:t>
           </w:r>
           <w:r w:rsidR="00C2665C">
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> (To be used in conjunction with the full </w:t>
           </w:r>
-          <w:hyperlink r:id="rId7" w:history="1">
+          <w:hyperlink r:id="rId8" w:history="1">
             <w:r w:rsidR="00C2665C" w:rsidRPr="00C2665C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>guidance</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00C2665C">
             <w:rPr>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7395"/>
         <w:gridCol w:w="1929"/>
         <w:gridCol w:w="6064"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A8389B" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00A8389B" w:rsidRPr="00E03FA0" w14:paraId="43CBDB87" w14:textId="77777777" w:rsidTr="002A11A0">
         <w:trPr>
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="-475523633"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00A8389B" w:rsidRDefault="00DA46D2" w:rsidP="0012082A">
+              <w:p w14:paraId="20DBBA49" w14:textId="77777777" w:rsidR="00A8389B" w:rsidRDefault="00DA46D2" w:rsidP="0012082A">
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>EMERGING CONCERNS</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="00A8389B" w:rsidRPr="006E4540" w:rsidRDefault="00A8389B" w:rsidP="00A8389B">
+          <w:p w14:paraId="28865086" w14:textId="77777777" w:rsidR="00A8389B" w:rsidRPr="006E4540" w:rsidRDefault="00A8389B" w:rsidP="00A8389B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A8389B" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00A8389B" w:rsidRPr="00E03FA0" w14:paraId="7D89E879" w14:textId="77777777" w:rsidTr="002A11A0">
         <w:trPr>
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="33916259"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00A8389B" w:rsidRPr="006E4540" w:rsidRDefault="00A8389B" w:rsidP="0017503E">
+              <w:p w14:paraId="7EB1A261" w14:textId="77777777" w:rsidR="00A8389B" w:rsidRPr="006E4540" w:rsidRDefault="00A8389B" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Examples of behaviour</w:t>
                 </w:r>
                 <w:r w:rsidR="00B33AFE">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidR="00B33AFE">
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t>(examples given are as a guide only)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1929" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="33916333"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00171B57" w:rsidRDefault="00171B57" w:rsidP="00171B57">
+              <w:p w14:paraId="7FAF695B" w14:textId="77777777" w:rsidR="00171B57" w:rsidRDefault="00171B57" w:rsidP="00171B57">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Yes/No</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00A8389B" w:rsidRPr="00171B57" w:rsidRDefault="00171B57" w:rsidP="0002359E">
+              <w:p w14:paraId="0769CDA9" w14:textId="77777777" w:rsidR="00A8389B" w:rsidRPr="00171B57" w:rsidRDefault="00171B57" w:rsidP="0002359E">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E76761">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>(this could be some or all)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="24340395"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00A8389B" w:rsidRPr="006E4540" w:rsidRDefault="00A8389B" w:rsidP="00650994">
+              <w:p w14:paraId="01037AC8" w14:textId="77777777" w:rsidR="00A8389B" w:rsidRPr="006E4540" w:rsidRDefault="00A8389B" w:rsidP="00650994">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="006E4540">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Potential actions and/or considerations to discuss with Designated Child Protection </w:t>
                 </w:r>
                 <w:r w:rsidR="00650994">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Lead</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="53B5C36E" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="23100051"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="8AA94EE8ADF941E68386252E0861E223"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="2EA87567" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r w:rsidRPr="00E03FA0">
                   <w:t>Regularly coming home late or going missing</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916806"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="2D13DF81944E48D0AF492F6F691A0E2E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="0FACB0C9" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="6F06C39E" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-604660391"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="718B71DE" w14:textId="44AFA2E8" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
-                  <w:t xml:space="preserve">Consider flagging concern with City of York Local Area Teams Tel. 01904 551900 </w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+                  <w:t xml:space="preserve">Consider flagging concern with </w:t>
+                </w:r>
+                <w:r w:rsidR="00D349C0">
+                  <w:t xml:space="preserve">the Multi-Agency Safeguarding Hub </w:t>
+                </w:r>
                 <w:r>
-                  <w:t>Ensure information is recorded on own agency IT system, flagged at appropriate CSE risk level.</w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+                  <w:t xml:space="preserve">Tel. 01904 551900 </w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t xml:space="preserve">or email: </w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0" w:rsidRPr="00146AA0">
+                  <w:t>mash@york.gov.uk</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="0D9C3A07" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="3D6AD311" w14:textId="46AA6A6D" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
-                  <w:t xml:space="preserve">Consider CAF/ FEHA </w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="00CA188B" w:rsidRDefault="000864AE" w:rsidP="00FE5ACB">
+                  <w:t xml:space="preserve">Ensure information is recorded on own agency IT system, flagged at appropriate </w:t>
+                </w:r>
+                <w:r w:rsidR="002A11A0">
+                  <w:t>Child Exploitation</w:t>
+                </w:r>
+                <w:r>
+                  <w:t xml:space="preserve"> risk level.</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="463019AD" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="0E6B924C" w14:textId="10D99378" w:rsidR="00D349C0" w:rsidRDefault="00560292" w:rsidP="0017503E">
+                <w:r>
+                  <w:t xml:space="preserve">Consider </w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:t>Early Help</w:t>
+                </w:r>
+                <w:r w:rsidR="00D349C0">
+                  <w:t xml:space="preserve">. </w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="3E0F57E5" w14:textId="77777777" w:rsidR="00D349C0" w:rsidRDefault="00D349C0" w:rsidP="00D349C0">
+                <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:numPr>
+                    <w:ilvl w:val="0"/>
+                    <w:numId w:val="1"/>
+                  </w:numPr>
+                </w:pPr>
+                <w:hyperlink r:id="rId9" w:history="1">
+                  <w:r w:rsidRPr="00D349C0">
+                    <w:rPr>
+                      <w:rStyle w:val="Hyperlink"/>
+                    </w:rPr>
+                    <w:t>Early Help Assessment Tool</w:t>
+                  </w:r>
+                </w:hyperlink>
+              </w:p>
+              <w:p w14:paraId="3E55EE45" w14:textId="05FB1E9D" w:rsidR="00560292" w:rsidRDefault="00D349C0" w:rsidP="00D349C0">
+                <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:numPr>
+                    <w:ilvl w:val="0"/>
+                    <w:numId w:val="1"/>
+                  </w:numPr>
+                </w:pPr>
+                <w:hyperlink r:id="rId10" w:history="1">
+                  <w:r w:rsidRPr="00D349C0">
+                    <w:rPr>
+                      <w:rStyle w:val="Hyperlink"/>
+                    </w:rPr>
+                    <w:t>Early Help Assessment Guidance</w:t>
+                  </w:r>
+                </w:hyperlink>
+              </w:p>
+              <w:p w14:paraId="01A2A08A" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="56F58EF2" w14:textId="77777777" w:rsidR="00CA188B" w:rsidRDefault="00532F84" w:rsidP="00FE5ACB">
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="-850264467"/>
                     <w:lock w:val="sdtContentLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="75A4DEF2C3E444318C52D260A64A4C71"/>
                     </w:placeholder>
                     <w:group/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00CA188B">
                       <w:t xml:space="preserve">Consider completing  North Yorkshire Police </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId8" w:history="1">
+                    <w:hyperlink r:id="rId11" w:history="1">
                       <w:r w:rsidR="00CA188B" w:rsidRPr="00CA188B">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t>‘Partner  Information Sharing  Form’</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r w:rsidR="00CA188B">
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId9" w:history="1">
+                    <w:hyperlink r:id="rId12" w:history="1">
                       <w:r w:rsidR="00CA188B" w:rsidRPr="00B81CD3">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t>https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r w:rsidR="00CA188B">
                       <w:t xml:space="preserve"> and sending to Police Central Referral</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
                 <w:r w:rsidR="00CA188B">
                   <w:t xml:space="preserve"> Unit </w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="00CC4459"/>
+              <w:p w14:paraId="2579B854" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="00CC4459"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:id w:val="33916522"/>
                   <w:lock w:val="sdtContentLocked"/>
                   <w:placeholder>
                     <w:docPart w:val="8AA94EE8ADF941E68386252E0861E223"/>
                   </w:placeholder>
                   <w:group/>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
-                  <w:p w:rsidR="00560292" w:rsidRPr="009615C5" w:rsidRDefault="00560292" w:rsidP="00CC4459">
+                  <w:p w14:paraId="49A1285C" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="009615C5" w:rsidRDefault="00560292" w:rsidP="00CC4459">
                     <w:pPr>
                       <w:rPr>
                         <w:b/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                       </w:rPr>
                       <w:t>NOTES:</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="0012082A" w:rsidRDefault="0012082A" w:rsidP="00CC4459"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0012082A" w:rsidRPr="00E03FA0" w:rsidRDefault="0012082A" w:rsidP="00CC4459"/>
+          <w:p w14:paraId="469633F4" w14:textId="77777777" w:rsidR="0012082A" w:rsidRDefault="0012082A" w:rsidP="00CC4459"/>
+          <w:p w14:paraId="0B53EC03" w14:textId="77777777" w:rsidR="00C87A24" w:rsidRDefault="00C87A24" w:rsidP="00CC4459"/>
+          <w:p w14:paraId="2D91F6CC" w14:textId="77777777" w:rsidR="0012082A" w:rsidRPr="00E03FA0" w:rsidRDefault="0012082A" w:rsidP="00CC4459"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="5B3B81B9" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="23100052"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="000371D7" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="7F172C32" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="000371D7" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Recent change in peer group / Reduced contact with family/friends / Late night phone/internet contact</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916795"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="F5A494C3BA304C52A40231D89CE9D188"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="3707872E" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="36D9C3DB" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="61793BA6" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="1152020294"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="004D146D">
+              <w:p w14:paraId="14EC75E5" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="004D146D">
                 <w:r>
                   <w:t xml:space="preserve">Posting – or posted - </w:t>
                 </w:r>
                 <w:r w:rsidR="00560292">
                   <w:t xml:space="preserve"> sexualised </w:t>
                 </w:r>
                 <w:r>
                   <w:t>images or content on the</w:t>
                 </w:r>
                 <w:r w:rsidR="00560292">
                   <w:t xml:space="preserve"> internet</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916796"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="59937E44E8A14A329600BCAF7D17FF57"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="4E7383F1" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="4099A5C5" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="58AFD965" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="23100054"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="00CB15B1">
+              <w:p w14:paraId="02F23B48" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="00CB15B1">
                 <w:r>
                   <w:t>Unaccounted for monies or goods e.g. mobile phone and/or credit/ debts</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916797"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="264C0ADDDFA4405E98CFB1957E9D5C0A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="21D8E2D2" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="18824578" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="39B6960F" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="23100055"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="004451BD">
+              <w:p w14:paraId="6D33D87F" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="004451BD">
                 <w:r>
                   <w:t xml:space="preserve">Associating with unknown adults, older peers or other young people at risk of criminal exploitation or already criminally exploited </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916798"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="9327F0B45FEB492DBB6BF4CD754C1CA5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="7905740C" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="6141F08F" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="6C9241AF" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="23100056"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="002674B4">
+              <w:p w14:paraId="2CA79DCF" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="002674B4">
                 <w:r>
                   <w:t>Reduced contact with family/friends</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916799"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="769A1F2A3A374A4BB59AD80AAA6E13F5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="355DD84E" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="6C3FF476" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="004D146D" w:rsidRPr="00E03FA0" w14:paraId="2E45EAE2" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="553815002"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="0017503E">
+              <w:p w14:paraId="41EEC94A" w14:textId="77777777" w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Experimenting with drugs/alcohol</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916800"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="CB93FE30D7E545758B5DA1ADA89A84D9"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="004D146D" w:rsidRDefault="004D146D">
+              <w:p w14:paraId="00ACF953" w14:textId="77777777" w:rsidR="004D146D" w:rsidRDefault="004D146D">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="0017503E"/>
+          <w:p w14:paraId="06E585AD" w14:textId="77777777" w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="27A1E5CA" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="23100059"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="4B50A573" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Poor self image, eating disorder, some superficial self-harm</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916802"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="CCCE4A0E1C4742D89A49C2BAA0752794"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="6FE7F797" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="3112570A" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="72C6EB5C" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-68501343"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="004D146D">
+              <w:p w14:paraId="08F930FB" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="004D146D">
                 <w:pPr>
                   <w:spacing w:before="40"/>
                 </w:pPr>
                 <w:r>
                   <w:t>Physical injuries that cannot be explained sufficiently</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="004D146D">
+          <w:p w14:paraId="5AD8C24E" w14:textId="77777777" w:rsidR="004D146D" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="004D146D">
             <w:pPr>
               <w:spacing w:before="40"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916803"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="F80CDD17D7914094A0E7FE639C7F9B91"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="48A32239" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="3564B029" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="784B6877" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="23100061"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="544019CA" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Initial offending often in group situations</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916804"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="EB324DD3B6904E3EB0A452E6898FD031"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="3A2A2D7B" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="7F1F8C04" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="004D146D">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="5E477DE0" w14:textId="77777777" w:rsidTr="004D146D">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7395" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="23100062"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="004451BD" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="7FF39689" w14:textId="628C9471" w:rsidR="00560292" w:rsidRPr="004451BD" w:rsidRDefault="003A3497" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000371D7">
-[...4 lines deleted...]
-                  <w:t>Mainly engaged in education, employment or training/ Some attendance/behaviour issues/ Poor educational achievement</w:t>
+                <w:r w:rsidRPr="0005085A">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Not</w:t>
+                </w:r>
+                <w:r w:rsidR="0005085A">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:color w:val="808080"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>m</w:t>
+                </w:r>
+                <w:r w:rsidR="00560292" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>ainly engaged in education, employment or training/ Some attendance/behaviour issues/ Poor educational achievement</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916805"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="522B9FE4417642A58B55EAFA3F4830CC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1929" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="3EE308F8" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00875899">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6064" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="26DBEE08" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA46D2" w:rsidRDefault="00DA46D2"/>
+    <w:p w14:paraId="77B4D376" w14:textId="77777777" w:rsidR="00DA46D2" w:rsidRDefault="00DA46D2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15559" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7479"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="6095"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F704F" w:rsidRPr="00E03FA0" w:rsidTr="001E1FEE">
+      <w:tr w:rsidR="001F704F" w:rsidRPr="00E03FA0" w14:paraId="4EDA36B9" w14:textId="77777777" w:rsidTr="001E1FEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15559" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="-1516771396"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="001F704F" w:rsidRDefault="001F704F" w:rsidP="0012082A">
+              <w:p w14:paraId="6F2154F1" w14:textId="77777777" w:rsidR="001F704F" w:rsidRDefault="001F704F" w:rsidP="0012082A">
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>ESCALATING CONCERNS</w:t>
                 </w:r>
                 <w:r w:rsidR="0012082A">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>/HARM</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="001F704F" w:rsidP="001F704F">
+          <w:p w14:paraId="6CC4A426" w14:textId="77777777" w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="001F704F" w:rsidP="001F704F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F704F" w:rsidRPr="00E03FA0" w:rsidTr="00560292">
+      <w:tr w:rsidR="001F704F" w:rsidRPr="00E03FA0" w14:paraId="62ECB04C" w14:textId="77777777" w:rsidTr="00560292">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="33916263"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="00B33AFE" w:rsidP="0017503E">
+              <w:p w14:paraId="247226DC" w14:textId="77777777" w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="00B33AFE" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Examples of behaviour </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t>(examples given are as a guide only)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="33916353"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00650994" w:rsidRDefault="00E76761" w:rsidP="00650994">
+              <w:p w14:paraId="4A497C9F" w14:textId="77777777" w:rsidR="00650994" w:rsidRDefault="00E76761" w:rsidP="00650994">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Yes/No</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00E76761" w:rsidRPr="00E76761" w:rsidRDefault="00E76761" w:rsidP="00650994">
+              <w:p w14:paraId="003EAA2B" w14:textId="77777777" w:rsidR="00E76761" w:rsidRPr="00E76761" w:rsidRDefault="00E76761" w:rsidP="00650994">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E76761">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>(this could be some or all)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="001F704F" w:rsidP="00650994">
+          <w:p w14:paraId="7F12F541" w14:textId="77777777" w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="001F704F" w:rsidP="00650994">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="24340397"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="001F704F" w:rsidP="00650994">
+              <w:p w14:paraId="1557C351" w14:textId="77777777" w:rsidR="001F704F" w:rsidRPr="006E4540" w:rsidRDefault="001F704F" w:rsidP="00650994">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="006E4540">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Potential actions and/or considerations to discuss with Designated Child Protection </w:t>
                 </w:r>
                 <w:r w:rsidR="00650994">
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Lead</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009843D6" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="009843D6" w:rsidRPr="00E03FA0" w14:paraId="6BAAC10D" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340185"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="36D4CEF4F9AB464AB30142166D93D9F2"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="009843D6" w:rsidRPr="000371D7" w:rsidRDefault="009843D6" w:rsidP="001E45BA">
+              <w:p w14:paraId="2D344474" w14:textId="6387D811" w:rsidR="009843D6" w:rsidRPr="000371D7" w:rsidRDefault="009843D6" w:rsidP="001E45BA">
                 <w:pPr>
                   <w:ind w:right="176"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Associating with unknown adults and/or other sexually exploited </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">or missing </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>children/young peo</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">ple. </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Spending time in areas where </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>known C</w:t>
+                  <w:t xml:space="preserve">known </w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Child Exploitation occurs</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>E and/</w:t>
+                  <w:t xml:space="preserve"> and/</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>or g</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">etting into cars with unknown adults or suspected perpetrators of </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>CE/CSE</w:t>
+                  <w:t>C</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>hild Exploitation</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916780"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="0086820129F84CD9BC7FBC9DDC2BC43A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="009843D6" w:rsidRDefault="00560292">
+              <w:p w14:paraId="4932DEBF" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00A72A94">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
+          <w:p w14:paraId="3F981F9A" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:id w:val="-873302719"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:b/>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+              <w:p w14:paraId="4A012518" w14:textId="6E14856D" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:i/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E54A2">
                   <w:rPr>
                     <w:i/>
                   </w:rPr>
-                  <w:t>If a child or young person is at immediate risk of exploitation or a crime is about to be committed – contact the police on 999 and CSC.</w:t>
-[...2 lines deleted...]
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+                  <w:t>If a child or young person is at immediate risk of exploitation or a crime is about to be committed – contact the police on 999</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:i/>
+                  </w:rPr>
+                  <w:t>.</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="28F8F4DE" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:i/>
                   </w:rPr>
                 </w:pPr>
               </w:p>
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+              <w:p w14:paraId="511BD42F" w14:textId="77777777" w:rsidR="00146AA0" w:rsidRDefault="00146AA0" w:rsidP="00146AA0">
+                <w:r>
+                  <w:t xml:space="preserve">Consider Early Help. </w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="33A7F86D" w14:textId="77777777" w:rsidR="00146AA0" w:rsidRDefault="00146AA0" w:rsidP="00146AA0">
                 <w:pPr>
-                  <w:rPr>
-[...1 lines deleted...]
-                  </w:rPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:numPr>
+                    <w:ilvl w:val="0"/>
+                    <w:numId w:val="1"/>
+                  </w:numPr>
                 </w:pPr>
+                <w:hyperlink r:id="rId13" w:history="1">
+                  <w:r w:rsidRPr="00D349C0">
+                    <w:rPr>
+                      <w:rStyle w:val="Hyperlink"/>
+                    </w:rPr>
+                    <w:t>Early Help Assessment Tool</w:t>
+                  </w:r>
+                </w:hyperlink>
+              </w:p>
+              <w:p w14:paraId="4DF22FE9" w14:textId="77777777" w:rsidR="00146AA0" w:rsidRDefault="00146AA0" w:rsidP="00146AA0">
+                <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:numPr>
+                    <w:ilvl w:val="0"/>
+                    <w:numId w:val="1"/>
+                  </w:numPr>
+                </w:pPr>
+                <w:hyperlink r:id="rId14" w:history="1">
+                  <w:r w:rsidRPr="00D349C0">
+                    <w:rPr>
+                      <w:rStyle w:val="Hyperlink"/>
+                    </w:rPr>
+                    <w:t>Early Help Assessment Guidance</w:t>
+                  </w:r>
+                </w:hyperlink>
+              </w:p>
+              <w:p w14:paraId="557A57E5" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
+              <w:p w14:paraId="518AC43B" w14:textId="53E946E9" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
                 <w:r>
-                  <w:rPr>
-[...6 lines deleted...]
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+                  <w:t xml:space="preserve">Consider whether the concerns meet the threshold for a referral into </w:t>
+                </w:r>
+                <w:r w:rsidR="00D349C0">
+                  <w:t>the Multi-Agency Safeguarding Hub</w:t>
+                </w:r>
                 <w:r>
-                  <w:t>Consider whether the concerns meet the threshold for a referral into Children’s Social Care  Referral and Assessment Service Tel. 01904 551900</w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="009843D6" w:rsidRDefault="000864AE" w:rsidP="0017503E">
+                  <w:t xml:space="preserve"> Tel. 01904 551900</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t xml:space="preserve"> or email: </w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0" w:rsidRPr="00146AA0">
+                  <w:t>mash@york.gov.uk</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="5396F5AE" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
+              <w:p w14:paraId="615C03C7" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="00532F84" w:rsidP="0017503E">
                 <w:sdt>
                   <w:sdtPr>
                     <w:id w:val="1418977544"/>
                     <w:lock w:val="sdtContentLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                     </w:placeholder>
                     <w:group/>
                   </w:sdtPr>
                   <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="009843D6">
                       <w:t>Consider completing  North Yorkshire Police</w:t>
                     </w:r>
                     <w:r w:rsidR="00CA188B">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId10" w:history="1">
+                    <w:hyperlink r:id="rId15" w:history="1">
                       <w:r w:rsidR="00CA188B" w:rsidRPr="00CA188B">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t xml:space="preserve">‘Partner </w:t>
                       </w:r>
                       <w:r w:rsidR="009843D6" w:rsidRPr="00CA188B">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Information</w:t>
                       </w:r>
                       <w:r w:rsidR="00CA188B" w:rsidRPr="00CA188B">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Sharing </w:t>
                       </w:r>
                       <w:r w:rsidR="009843D6" w:rsidRPr="00CA188B">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Form</w:t>
                       </w:r>
                       <w:r w:rsidR="00CA188B" w:rsidRPr="00CA188B">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t>’</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r w:rsidR="00CA188B">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="009843D6">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId11" w:history="1">
+                    <w:hyperlink r:id="rId16" w:history="1">
                       <w:r w:rsidR="00CA188B" w:rsidRPr="00B81CD3">
                         <w:rPr>
                           <w:rStyle w:val="Hyperlink"/>
                         </w:rPr>
                         <w:t>https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm</w:t>
                       </w:r>
                     </w:hyperlink>
                     <w:r w:rsidR="00CA188B">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="009843D6">
                       <w:t>and sending to Police Central Referral</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
                 <w:r w:rsidR="009843D6">
                   <w:t xml:space="preserve"> Unit </w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+              <w:p w14:paraId="2209D4E4" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
+              <w:p w14:paraId="6E39025F" w14:textId="244F8ADB" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
                 <w:r>
-                  <w:t>Where there is a service specific assessment such as ASSET in place this should be updated and the additional information used to inform pre-sentence reports.</w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+                  <w:t xml:space="preserve">Where there is a service specific assessment such as </w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:t>ASSETPlus (The Youth Justice Board</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497" w:rsidRPr="00AC0CE4">
+                  <w:t>'s assessment and planning framework that youth justice services across England and Wales use</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:t xml:space="preserve">) </w:t>
+                </w:r>
+                <w:r>
+                  <w:t>in place this should be updated and the additional information used to inform pre-sentence reports.</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="1C1CE4A9" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
+              <w:p w14:paraId="1B7CDB79" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Ensure risk information is recorded for the child/young person on each agency IT system.</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="000801EC" w:rsidRDefault="000801EC" w:rsidP="0017503E"/>
+              <w:p w14:paraId="1FFC6DA7" w14:textId="77777777" w:rsidR="000801EC" w:rsidRDefault="000801EC" w:rsidP="0017503E"/>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:id w:val="33916523"/>
                   <w:lock w:val="sdtContentLocked"/>
                   <w:placeholder>
                     <w:docPart w:val="DefaultPlaceholder_22675703"/>
                   </w:placeholder>
                   <w:group/>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
-                  <w:p w:rsidR="009615C5" w:rsidRPr="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E">
+                  <w:p w14:paraId="32075817" w14:textId="77777777" w:rsidR="009615C5" w:rsidRPr="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E">
                     <w:pPr>
                       <w:rPr>
                         <w:b/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="009615C5">
                       <w:rPr>
                         <w:b/>
                       </w:rPr>
                       <w:t>NOTES:</w:t>
                     </w:r>
                   </w:p>
                 </w:sdtContent>
               </w:sdt>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="009615C5" w:rsidRPr="00E03FA0" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
+          <w:p w14:paraId="5ECB3B94" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
+          <w:p w14:paraId="35B972B6" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
+          <w:p w14:paraId="267270B5" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
+          <w:p w14:paraId="0F5A9943" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
+          <w:p w14:paraId="21B65A16" w14:textId="77777777" w:rsidR="009615C5" w:rsidRPr="00E03FA0" w:rsidRDefault="009615C5" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009843D6" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="009843D6" w:rsidRPr="00E03FA0" w14:paraId="1E524A34" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340162"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="36D4CEF4F9AB464AB30142166D93D9F2"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="009843D6" w:rsidRPr="00E03FA0" w:rsidRDefault="009843D6" w:rsidP="0017503E">
+              <w:p w14:paraId="10BCFF5E" w14:textId="77777777" w:rsidR="009843D6" w:rsidRPr="00E03FA0" w:rsidRDefault="009843D6" w:rsidP="0017503E">
                 <w:r>
                   <w:t xml:space="preserve">Being groomed on internet. </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">New or expensive possessions </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>which cannot be accounted for. Access to cash/money;</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> spending time in areas where drug activity known to take place or fearful of going to certain areas. </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916288"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="31A5895519EF49D29F7EA8DF1AEF926B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="009843D6" w:rsidRDefault="009843D6">
+              <w:p w14:paraId="3D9D8580" w14:textId="77777777" w:rsidR="009843D6" w:rsidRDefault="009843D6">
                 <w:r w:rsidRPr="00A72A94">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009843D6" w:rsidRPr="00E03FA0" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
+          <w:p w14:paraId="5F175CDC" w14:textId="77777777" w:rsidR="009843D6" w:rsidRPr="00E03FA0" w:rsidRDefault="009843D6" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="267DD727" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340163"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="2934708B807B4066ADEFAA2BC27A04BA"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="55F55E0B" w14:textId="6BB254D4" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
-                  <w:t>‘Clipping’ i.e., offering to have sex with the intention of robbing the victim, then running before sexual activity</w:t>
+                  <w:t xml:space="preserve">‘Clipping’ i.e., offering to have sex with the intention of robbing the victim, then running before </w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:t>for the purpose of sexual exploitation by adults</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916700"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="1AAE593EBC084F6F839E1ADCF4345B6A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8" w:rsidP="00EC77C8">
+              <w:p w14:paraId="4125ABD4" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8" w:rsidP="00EC77C8">
                 <w:r w:rsidRPr="00A72A94">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="5D3DCA11" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="45E82680" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340182"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="00D76261">
+              <w:p w14:paraId="44B3B900" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="00D76261">
                 <w:r>
                   <w:t>Disclosure of physical assault with no substantiating evidence followed by withdrawal of complaint</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916722"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="85944DB7CE2A445F8D0D00A1893B9E3E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="3DCD19EE" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="00688CA4" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="376C8CFB" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340171"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="7619DBCF" w14:textId="4E88AFD0" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
-                  <w:t>Reports of potential involvement in CE, such as seen in hot spots, known houses or recruiting grounds</w:t>
+                  <w:t>Reports of potential involvement in C</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t xml:space="preserve">hild </w:t>
+                </w:r>
+                <w:r>
+                  <w:t>E</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t>xploitation</w:t>
+                </w:r>
+                <w:r>
+                  <w:t>, such as seen in hot spots, known houses or recruiting grounds</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916712"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DB14A517A4924E799A71B16F65632168"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="59127E39" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="35812B72" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="1D224B7E" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340172"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="5A69477B" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Has a  significantly older boyfriend/girlfriend</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916713"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="DE0E80D795744B0CB4E25BEBEBB724EB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="13E832C5" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="4DF0776C" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="16C4D0BE" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340173"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="007C112D">
+              <w:p w14:paraId="47B6F1C5" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="007C112D">
                 <w:r w:rsidRPr="000B4E46">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Regular use of or recent </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>increase in use of substances /</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000B4E46">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Use of drugs in addition to alcohol/cannabis (e.g. MDMA, cocaine) / Concerns for drug dependency / Associating with known drug dealers / Seen in known areas for selling drugs/ Seen associating with young people who are running and involved in drug lines</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916714"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="9D2AB31897654CE0AC74DDB633F41D08"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="5065F9F7" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="73336C0B" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="14281AD8" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340174"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="1788CE7C" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Significant debts/ scared of members of the community.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916715"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="3295F5071B774FBFB1BA136ABB6D6CB0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="76662D21" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="48DE5322" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="1FA618F9" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="0017503E">
+          <w:p w14:paraId="619A7BA0" w14:textId="5CA316CB" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="004D146D" w:rsidP="0017503E">
             <w:r>
               <w:t xml:space="preserve">Sexually </w:t>
             </w:r>
             <w:r w:rsidR="00EC77C8">
-              <w:t xml:space="preserve"> transmitted infections</w:t>
+              <w:t>transmitted infections</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916716"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="F0468C6BF6CD417DBB1D0A901E905D9C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="7E859AF0" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="6695E604" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="46CA6288" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340176"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="000B4E46" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="4218C30D" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="000B4E46" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:t>Regular self-harming requiring medical assistance</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916717"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="2695EA773A724F60A7DF4DF4949283E5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="4AFFA536" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="4C71DA24" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="014784B6" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340177"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="5D32D1DF" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Repeat offending / Staying out overnight with no explanation</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916718"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="A20024A628394A7B81A0E1BE67C27F4C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="01AA4962" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="7CCDE141" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="3496829D" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340178"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="2FBAF024" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
                   <w:t xml:space="preserve">Gang association or membership </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916719"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="F1C64203E11946C6A81399C4A100FF4D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="319B6D7F" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="32C46D01" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="78FDA86F" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340179"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
+              <w:p w14:paraId="0D1D888F" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Evidence of sending or receiving sexualised images of themselves or others</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916720"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="5740193A262646C48472733B4C950CAC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="410C84AB" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="184A647C" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w14:paraId="61472FA8" w14:textId="77777777" w:rsidTr="00A5525A">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340186"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="00D76261">
+              <w:p w14:paraId="36339DCA" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="00D76261">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Irregular or poor school attendance /</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Truanting </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>/ Losing interest in education/ Periods of exclusion</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
@@ -2861,1304 +3039,1476 @@
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916721"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="6C684F4CE9504D52BF14CD89B8DFDD34"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1985" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
+              <w:p w14:paraId="753924C6" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRDefault="00EC77C8">
                 <w:r w:rsidRPr="00C27545">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
+          <w:p w14:paraId="2C44AA54" w14:textId="77777777" w:rsidR="00EC77C8" w:rsidRPr="00E03FA0" w:rsidRDefault="00EC77C8" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AE1D69" w:rsidRDefault="00AE1D69"/>
+    <w:p w14:paraId="02FC2364" w14:textId="77777777" w:rsidR="00AE1D69" w:rsidRDefault="00AE1D69"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7364"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6064"/>
+        <w:gridCol w:w="7375"/>
+        <w:gridCol w:w="1955"/>
+        <w:gridCol w:w="6058"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001D1C79" w:rsidRPr="00E03FA0" w:rsidTr="001E1FEE">
+      <w:tr w:rsidR="001D1C79" w:rsidRPr="00E03FA0" w14:paraId="42F8D5B6" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="739"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="15559" w:type="dxa"/>
+            <w:tcW w:w="15388" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="669834624"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="001D1C79" w:rsidRDefault="001D1C79" w:rsidP="0012082A">
+              <w:p w14:paraId="1DE66143" w14:textId="77777777" w:rsidR="001D1C79" w:rsidRDefault="001D1C79" w:rsidP="0012082A">
                 <w:pPr>
                   <w:spacing w:before="240"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001D1C79">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>SIGNIFICANT CONCERNS</w:t>
                 </w:r>
                 <w:r w:rsidR="0012082A">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>/HARM</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="001D1C79" w:rsidRPr="001D1C79" w:rsidRDefault="001D1C79" w:rsidP="0012082A">
+          <w:p w14:paraId="2A2E0815" w14:textId="77777777" w:rsidR="001D1C79" w:rsidRPr="001D1C79" w:rsidRDefault="001D1C79" w:rsidP="0012082A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D1C79" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="001D1C79" w:rsidRPr="00E03FA0" w14:paraId="6CAA6E6B" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="550"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="33916374"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="001D1C79" w:rsidRPr="00295006" w:rsidRDefault="007F7926" w:rsidP="0017503E">
+              <w:p w14:paraId="5F2B76EA" w14:textId="77777777" w:rsidR="001D1C79" w:rsidRPr="00295006" w:rsidRDefault="007F7926" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00295006">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Examples of behaviour </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00295006">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>(examples given are as a guide only)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1955" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="33916375"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00E76761" w:rsidRPr="00E76761" w:rsidRDefault="00E76761" w:rsidP="00E76761">
+              <w:p w14:paraId="217DDA02" w14:textId="77777777" w:rsidR="00E76761" w:rsidRPr="00E76761" w:rsidRDefault="00E76761" w:rsidP="00E76761">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E76761">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Yes/No</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="001D1C79" w:rsidRPr="00E76761" w:rsidRDefault="00E76761" w:rsidP="00650994">
+              <w:p w14:paraId="742140E3" w14:textId="77777777" w:rsidR="001D1C79" w:rsidRPr="00E76761" w:rsidRDefault="00E76761" w:rsidP="00650994">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E76761">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>(this could be some or all)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF0000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="24340400"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_22675703"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="001D1C79" w:rsidRPr="001D1C79" w:rsidRDefault="001D1C79" w:rsidP="00650994">
+              <w:p w14:paraId="3AC32D37" w14:textId="77777777" w:rsidR="001D1C79" w:rsidRPr="001D1C79" w:rsidRDefault="001D1C79" w:rsidP="00650994">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001D1C79">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Potential actions and/or considerations to discuss with Designated Child Protection </w:t>
                 </w:r>
                 <w:r w:rsidR="00650994">
                   <w:rPr>
                     <w:b/>
                     <w:color w:val="FFFFFF" w:themeColor="background1"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Lead</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="49FF71E7" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="28"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-109668317"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="00DA3ADB">
+              <w:p w14:paraId="615AFE19" w14:textId="79CF0970" w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="00BA07F8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Under </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t xml:space="preserve"> 13 or young pers</w:t>
+                  <w:t>13 or young pers</w:t>
                 </w:r>
                 <w:r w:rsidR="004D146D">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>on with a learning disability of</w:t>
+                  <w:t>on with a learning disability o</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>r</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> special needs (up to age 21)</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
+                <w:r w:rsidR="002A11A0" w:rsidRPr="002A11A0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>being subject to sexual activity</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Repeated pregnancy/miscarriages and/or terminations</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>/</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Inappropriate/exploitative sexual activity with peers/adults</w:t>
+                </w:r>
+                <w:r w:rsidR="0005085A">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> Disclosure of </w:t>
+                </w:r>
+                <w:r w:rsidR="002A11A0" w:rsidRPr="002A11A0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>being subject to sexual activity</w:t>
+                </w:r>
+                <w:r w:rsidR="002A11A0" w:rsidRPr="002A11A0" w:rsidDel="002A11A0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Repeated pregnancy/miscarriages and/or terminations / Inappropriate/exploitative sexual activity with peers/adults / Disclosure of sexual activity with boyfriend/girlfriend’s peers/ Others having knowledge that sex can be exchanged for money and/or goods / Relationship with suspected/known CSE perpetrators</w:t>
+                  <w:t>with boyfriend/girlfriend’s peers/ Others</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>having knowledge that sex can be exchanged for money and/or goods</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Relationship with suspected/known C</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>hild</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Sexual </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>E</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>xploitation</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> perpetrators</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00BA07F8">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> found in areas and/or </w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497" w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>properties known for C</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>hild Sexual Exploitation</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497" w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>street sex w</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>ork</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Evidence or p</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497" w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">olice Intelligence to suggest being moved around </w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>for the purpose of sexual exploitation by adults</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:t xml:space="preserve">Being taken to clubs/hotels for </w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="00896769">
+                  <w:t>the purpose of sexual exploitation by adults</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:t xml:space="preserve"> or as part of a peer on peer exploitative relationship</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:t>Disclosure of sexual assault and then withdrawal of disclosure/statement/ visible injuries</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Use of internet to regularly meet in person unknown adults</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>peers</w:t>
+                </w:r>
+                <w:r w:rsidR="002A11A0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> and being subject to sexual activity</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Evidence of sexual bullying through social media/internet</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Evidence of sexual material being shared online without young person’s consent</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/ Fa</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="00940A64">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>mily/friends/peers are known or suspected perpetrators of C</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>hild Exploitation</w:t>
+                </w:r>
+                <w:r w:rsidR="00BA07F8">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>P</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>hysical</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> symptoms suggestive of sexual </w:t>
+                </w:r>
+                <w:r w:rsidR="00896769" w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> assault</w:t>
+                </w:r>
+                <w:r w:rsidR="00896769">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916833"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="350CF08EAFD047A9AA40DFFDD24DBE36"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="7AD2EF67" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="093738F5" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="808080"/>
               </w:rPr>
               <w:id w:val="33916517"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="ACFFDD94807444DBBB83B7B99DA2F747"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:i w:val="0"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="007E54A2" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="2690D045" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="007E54A2" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:i/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007E54A2">
                   <w:rPr>
                     <w:i/>
                   </w:rPr>
                   <w:t>If a child or young person is at immediate risk of sexual exploitation or a crime is about to be committed – co</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:i/>
                   </w:rPr>
                   <w:t>ntact the police on 999</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="1C92A290" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="40732A55" w14:textId="360C9B51" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Make a safeguarding  referral into Children’s Social Care Referral and Assessment Service (</w:t>
                 </w:r>
-                <w:hyperlink r:id="rId12" w:history="1">
+                <w:hyperlink r:id="rId17" w:history="1">
                   <w:r w:rsidRPr="00770DC9">
                     <w:rPr>
                       <w:rStyle w:val="Hyperlink"/>
                     </w:rPr>
                     <w:t>https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm</w:t>
                   </w:r>
                 </w:hyperlink>
                 <w:r>
-                  <w:t xml:space="preserve"> Tel. 01904 551900)</w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+                  <w:t xml:space="preserve"> Tel. 01904 551900</w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0">
+                  <w:t xml:space="preserve"> or email: </w:t>
+                </w:r>
+                <w:r w:rsidR="00146AA0" w:rsidRPr="00146AA0">
+                  <w:t>mash@york.gov.uk</w:t>
+                </w:r>
+                <w:r>
+                  <w:t>)</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="1D2BC550" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="333D5E03" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Consider immediate disruption tactics.</w:t>
                 </w:r>
               </w:p>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="544C6BA9" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="12CB12AE" w14:textId="076F9111" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
-                  <w:t>Where there is a service specific assessment such as ASSET in place, this should be updated and the additional information used to inform pre-sentence reports.</w:t>
-[...3 lines deleted...]
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
+                  <w:t>Where there is a service specific assessment such as</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:t xml:space="preserve"> ASSETPlus (The Youth Justice Board</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497" w:rsidRPr="00AC0CE4">
+                  <w:t>'s assessment and planning framework that youth justice services across England and Wales use</w:t>
+                </w:r>
+                <w:r w:rsidR="003A3497">
+                  <w:t xml:space="preserve">) </w:t>
+                </w:r>
+                <w:r>
+                  <w:t>in place, this should be updated and the additional information used to inform pre-sentence reports.</w:t>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="1398605A" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+              <w:p w14:paraId="57B50694" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Ensure information is recorded.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="56CA4A35" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:id w:val="33916524"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="ACFFDD94807444DBBB83B7B99DA2F747"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="004D146D" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="298DC96B" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="004D146D" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="009615C5">
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t>NOTES:</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="00FE5ACB"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="3F74D281" w14:textId="77777777" w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="00FE5ACB"/>
+          <w:p w14:paraId="7FBC8762" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="7EA2C9B6" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="462148EC" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="05F75EAE" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="7DF7DD9F" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="28FE279B" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="39422F1D" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="3B164227" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="5FF4AB1B" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="48551BF3" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="041E1DC3" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="12686536" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="1E63DC1C" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="28"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340192"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="00940A64">
+              <w:p w14:paraId="67C187FA" w14:textId="4F936317" w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="00940A64">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Not in any e</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>d</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>ucation, training or employment/</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Regular breakdown of school placements due to behavioural problems/ Whereabouts during school hours unknown and information suggesting links to C</w:t>
+                  <w:t xml:space="preserve">Regular breakdown of school placements due to behavioural problems/ Whereabouts during school hours unknown and information suggesting links to </w:t>
+                </w:r>
+                <w:r w:rsidR="002A11A0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Child Sexual Exploitation</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>SE/County Lines or member of a g</w:t>
+                  <w:t>/County Lines or member of a g</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">ang </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916821"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="7B20E851A4A445E987DB0FEEFB3E3B57"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="068A7297" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="085ACC7F" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="236CDAE3" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="24"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340193"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="00C50E28">
+              <w:p w14:paraId="77FFEBF2" w14:textId="33CE2FA0" w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="00C50E28">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Identifying as a county lines or gang member / Found in areas/properties known for CSE/street sex w</w:t>
+                  <w:t xml:space="preserve">Identifying as a county lines or gang member </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>ork/drug activity/ Evidence or p</w:t>
+                  <w:t xml:space="preserve">drug activity/ </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>olice Intelligence to suggest being moved around for sexual activity / Abducted and forced imprisonment (described by young person as “locked in”)</w:t>
+                  <w:t>Abducted and forced imprisonment (described by young person as “locked in”)</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916822"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="45916E0588ED4B328619C8E4EE35D188"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="300B9196" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="46DCE5E8" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="3F82F4F0" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="24"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340194"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="2215F5A2" w14:textId="2EBA5B6E" w:rsidR="00560292" w:rsidRPr="00940A64" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Evidence </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">of dependency on alcohol/drugs, </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t xml:space="preserve"> Using opiates (e.g. heroin, codeine, methadone) / Injecting of any substance / Dealing of substances / Found in areas/properties known for drug activity/ Supply of substances to others / CSE activity for paying off of debts e.g. drug debt/ known to be actively involved in networks that run drug lines</w:t>
+                  <w:t xml:space="preserve">Using opiates (e.g. heroin, codeine, methadone) / Injecting of any substance / Dealing of substances / Found in areas/properties known for drug activity/ Supply of substances to others / </w:t>
+                </w:r>
+                <w:r w:rsidR="002A11A0">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>Child Sexual Exploitation</w:t>
+                </w:r>
+                <w:r w:rsidRPr="000371D7">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> activity for paying off  debts e.g. drug debt/ known to be actively involved in networks that run drug lines</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916823"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="3918D71AFA8A4EECA664A427C39E5468"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="3F7D000C" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="3977AF0A" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
-[...70 lines deleted...]
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="68D10F04" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="24"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340197"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
+              <w:p w14:paraId="366BE57B" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E">
                 <w:r>
                   <w:t>Abduction and forced imprisonment</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916826"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="EA9E9C4127B848AABBB23C903439BC4A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="644F6D3C" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="561E708F" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
-[...79 lines deleted...]
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="46414FF1" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="24"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="24340248"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="F9BB0BA2E08648FE89AF08A728781D3C"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="00A16B5A">
+              <w:p w14:paraId="3DEAB802" w14:textId="0045267B" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="00A16B5A">
                 <w:r>
                   <w:t xml:space="preserve">Being bought/sold/trafficked.  </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Homeless or sofa surfing / often stays elsewhere</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">. </w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> Lack of relat</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>ionship/understanding or trust. Fa</w:t>
+                  <w:t>ionship/understanding or trust</w:t>
+                </w:r>
+                <w:r w:rsidR="00BA07F8">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <w:t>/</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00940A64">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>mily/friends/peers are known or suspected perpetrators of CSE/ Known,  parent is unavailable physically or emotionally</w:t>
+                  <w:t xml:space="preserve"> parent is unavailable physically or emotionally</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916828"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="93D210510967415CA93A00A68F983595"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="70A20ADA" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="13873D24" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="7E5C7C79" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340203"/>
               <w:lock w:val="sdtContentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="00DA7E97">
+              <w:p w14:paraId="52A49D6D" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="00DA7E97">
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Sign</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">ificant intelligence indications. </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Charged or</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
@@ -4256,241 +4606,96 @@
                   </w:rPr>
                   <w:t xml:space="preserve"> intimidation</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916829"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="76CE4BCC49FC48398D0C966DC8BEBC2E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="10384660" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="59F09A4E" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidTr="00A5525A">
+      <w:tr w:rsidR="00560292" w:rsidRPr="00E03FA0" w14:paraId="653CEC39" w14:textId="77777777" w:rsidTr="0005085A">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7479" w:type="dxa"/>
-[...144 lines deleted...]
-            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcW w:w="7375" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:color w:val="808080"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="24340210"/>
               <w:lock w:val="contentLocked"/>
               <w:placeholder>
                 <w:docPart w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
               </w:placeholder>
               <w:group/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="00560292" w:rsidRPr="000371D7" w:rsidRDefault="00560292" w:rsidP="006A7F71">
+              <w:p w14:paraId="3FF3A2B2" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="000371D7" w:rsidRDefault="00560292" w:rsidP="006A7F71">
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Chronic low self-esteem. </w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> Changes </w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>or extremes in mental health / s</w:t>
                 </w:r>
                 <w:r w:rsidRPr="000371D7">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                     <w:szCs w:val="22"/>
@@ -4539,342 +4744,254 @@
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="33916831"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="826ED0A80A0F4680AE95CD2AEEAADE93"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="N/A" w:value="N/A"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1985" w:type="dxa"/>
+                <w:tcW w:w="1955" w:type="dxa"/>
               </w:tcPr>
-              <w:p w:rsidR="00560292" w:rsidRDefault="00560292">
+              <w:p w14:paraId="00B56800" w14:textId="77777777" w:rsidR="00560292" w:rsidRDefault="00560292">
                 <w:r w:rsidRPr="00FA3C50">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="6058" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
-[...100 lines deleted...]
-          <w:p w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
+          <w:p w14:paraId="4A63799A" w14:textId="77777777" w:rsidR="00560292" w:rsidRPr="00E03FA0" w:rsidRDefault="00560292" w:rsidP="0017503E"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="33916267"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_22675703"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="009615C5" w:rsidRDefault="007F7926" w:rsidP="002110BF">
+        <w:p w14:paraId="13592AC2" w14:textId="2F05C1CF" w:rsidR="009615C5" w:rsidRDefault="007F7926" w:rsidP="002110BF">
           <w:pPr>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidRPr="007F7926">
-[...4 lines deleted...]
-          </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
+    <w:p w14:paraId="5ECA0E05" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
+    <w:p w14:paraId="0888C2D7" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
+    <w:p w14:paraId="01A7709A" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
+    <w:p w14:paraId="0F9763CB" w14:textId="77777777" w:rsidR="009615C5" w:rsidRDefault="009615C5" w:rsidP="002110BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009615C5" w:rsidRPr="007F7926" w:rsidRDefault="009615C5" w:rsidP="002110BF">
+    <w:p w14:paraId="3DDC1DCB" w14:textId="77777777" w:rsidR="009615C5" w:rsidRPr="007F7926" w:rsidRDefault="009615C5" w:rsidP="002110BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009615C5" w:rsidRPr="007F7926" w:rsidSect="00A0484B">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="426" w:right="720" w:bottom="720" w:left="720" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="00AE1D69">
+    <w:p w14:paraId="219C1492" w14:textId="77777777" w:rsidR="006C35A6" w:rsidRDefault="006C35A6" w:rsidP="00AE1D69">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="00AE1D69">
+    <w:p w14:paraId="23B0095A" w14:textId="77777777" w:rsidR="006C35A6" w:rsidRDefault="006C35A6" w:rsidP="00AE1D69">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000864AE" w:rsidRDefault="000864AE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="487922AF" w14:textId="77777777" w:rsidR="000864AE" w:rsidRDefault="000864AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="002305D9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77453976" w14:textId="77777777" w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="002305D9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B82431B" wp14:editId="2F555094">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8802370</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-152400</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1087120" cy="322580"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 0" descr="CYSCP logo - no strapline.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="CYSCP logo - no strapline.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
@@ -4885,55 +5002,55 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="1087120" cy="322580"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000864AE">
+    <w:r w:rsidR="00A8561A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
@@ -4945,131 +5062,131 @@
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="24340239"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_22675703"/>
         </w:placeholder>
         <w:group/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000864AE" w:rsidRDefault="000864AE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76E517CE" w14:textId="77777777" w:rsidR="000864AE" w:rsidRDefault="000864AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="00AE1D69">
+    <w:p w14:paraId="406FB8D2" w14:textId="77777777" w:rsidR="006C35A6" w:rsidRDefault="006C35A6" w:rsidP="00AE1D69">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB" w:rsidP="00AE1D69">
+    <w:p w14:paraId="6626C558" w14:textId="77777777" w:rsidR="006C35A6" w:rsidRDefault="006C35A6" w:rsidP="00AE1D69">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000864AE" w:rsidRDefault="000864AE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A3F62E6" w14:textId="77777777" w:rsidR="000864AE" w:rsidRDefault="000864AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73CFB19F" w14:textId="77777777" w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB">
+  <w:p w14:paraId="01DE25C3" w14:textId="77777777" w:rsidR="00FE5ACB" w:rsidRDefault="00FE5ACB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00FE5ACB" w:rsidRPr="00E76761" w:rsidRDefault="000864AE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BBA6B8F" w14:textId="77777777" w:rsidR="00FE5ACB" w:rsidRPr="00E76761" w:rsidRDefault="00532F84">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:id w:val="37551976"/>
         <w:lock w:val="sdtLocked"/>
         <w:picture/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00FE5ACB">
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77011B93" wp14:editId="008BC021">
               <wp:extent cx="6987925" cy="1138477"/>
               <wp:effectExtent l="19050" t="0" r="3425" b="0"/>
               <wp:docPr id="4" name="Picture 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="0" name="Picture 2"/>
                       <pic:cNvPicPr>
                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </pic:cNvPicPr>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7017016" cy="1143217"/>
@@ -5077,277 +5194,425 @@
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00FE5ACB">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EF62A3D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A52B4E0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1932155463">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:doNotTrackFormatting/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE1D69"/>
     <w:rsid w:val="000074AC"/>
     <w:rsid w:val="0002359E"/>
     <w:rsid w:val="0003309B"/>
     <w:rsid w:val="000371D7"/>
+    <w:rsid w:val="0005085A"/>
     <w:rsid w:val="0006169C"/>
     <w:rsid w:val="000801EC"/>
     <w:rsid w:val="000864AE"/>
     <w:rsid w:val="00092AE2"/>
     <w:rsid w:val="000A1615"/>
     <w:rsid w:val="000B4E46"/>
     <w:rsid w:val="000D1632"/>
     <w:rsid w:val="000D685F"/>
     <w:rsid w:val="000E0BDB"/>
     <w:rsid w:val="001101E4"/>
     <w:rsid w:val="0012082A"/>
     <w:rsid w:val="00143171"/>
+    <w:rsid w:val="00146AA0"/>
     <w:rsid w:val="00171B57"/>
     <w:rsid w:val="0017503E"/>
     <w:rsid w:val="0019106B"/>
     <w:rsid w:val="00197E2B"/>
     <w:rsid w:val="001D1C79"/>
     <w:rsid w:val="001D6C92"/>
     <w:rsid w:val="001D6FFE"/>
     <w:rsid w:val="001D7DDD"/>
     <w:rsid w:val="001E1FEE"/>
     <w:rsid w:val="001E45BA"/>
     <w:rsid w:val="001F704F"/>
+    <w:rsid w:val="001F7963"/>
     <w:rsid w:val="002110BF"/>
     <w:rsid w:val="002305D9"/>
     <w:rsid w:val="002469A3"/>
     <w:rsid w:val="002674B4"/>
+    <w:rsid w:val="002757C7"/>
     <w:rsid w:val="0028799A"/>
     <w:rsid w:val="00295006"/>
     <w:rsid w:val="00297E8A"/>
+    <w:rsid w:val="002A11A0"/>
     <w:rsid w:val="002B5B7F"/>
     <w:rsid w:val="003530F6"/>
     <w:rsid w:val="00373319"/>
+    <w:rsid w:val="003A3497"/>
     <w:rsid w:val="003B15B4"/>
     <w:rsid w:val="003E019B"/>
     <w:rsid w:val="00406191"/>
     <w:rsid w:val="00435641"/>
     <w:rsid w:val="004451BD"/>
     <w:rsid w:val="00463C29"/>
     <w:rsid w:val="00481A49"/>
     <w:rsid w:val="004978D7"/>
     <w:rsid w:val="004B2400"/>
     <w:rsid w:val="004B375D"/>
     <w:rsid w:val="004B5D96"/>
     <w:rsid w:val="004C0DDF"/>
+    <w:rsid w:val="004C557A"/>
     <w:rsid w:val="004D146D"/>
+    <w:rsid w:val="00506959"/>
     <w:rsid w:val="00520818"/>
+    <w:rsid w:val="00532F84"/>
     <w:rsid w:val="00533D09"/>
     <w:rsid w:val="005515B6"/>
     <w:rsid w:val="00560292"/>
+    <w:rsid w:val="00564015"/>
     <w:rsid w:val="005B3DF3"/>
     <w:rsid w:val="005C77A3"/>
     <w:rsid w:val="005D20DB"/>
     <w:rsid w:val="006063F5"/>
     <w:rsid w:val="00607787"/>
     <w:rsid w:val="006215E8"/>
     <w:rsid w:val="00650994"/>
     <w:rsid w:val="00656063"/>
     <w:rsid w:val="00685302"/>
     <w:rsid w:val="00692B37"/>
+    <w:rsid w:val="006A7A4F"/>
     <w:rsid w:val="006A7F71"/>
+    <w:rsid w:val="006C35A6"/>
     <w:rsid w:val="006C6C23"/>
     <w:rsid w:val="007121A2"/>
     <w:rsid w:val="00713852"/>
     <w:rsid w:val="00724FC1"/>
     <w:rsid w:val="00725628"/>
     <w:rsid w:val="00727FA7"/>
     <w:rsid w:val="00757AD9"/>
     <w:rsid w:val="007752C5"/>
     <w:rsid w:val="00784EE4"/>
     <w:rsid w:val="007C112D"/>
     <w:rsid w:val="007E2AC8"/>
+    <w:rsid w:val="007E70BB"/>
     <w:rsid w:val="007F7926"/>
     <w:rsid w:val="0080036F"/>
     <w:rsid w:val="00854218"/>
     <w:rsid w:val="00870BBF"/>
+    <w:rsid w:val="00896769"/>
     <w:rsid w:val="008A1667"/>
     <w:rsid w:val="0090337B"/>
+    <w:rsid w:val="00906C8D"/>
     <w:rsid w:val="009100A7"/>
     <w:rsid w:val="00913920"/>
     <w:rsid w:val="00940A64"/>
     <w:rsid w:val="009615C5"/>
+    <w:rsid w:val="009646B7"/>
     <w:rsid w:val="009843D6"/>
+    <w:rsid w:val="009B1F32"/>
     <w:rsid w:val="00A0187D"/>
     <w:rsid w:val="00A0484B"/>
     <w:rsid w:val="00A16B5A"/>
     <w:rsid w:val="00A5525A"/>
     <w:rsid w:val="00A8389B"/>
+    <w:rsid w:val="00A8561A"/>
     <w:rsid w:val="00AA1897"/>
     <w:rsid w:val="00AA4200"/>
     <w:rsid w:val="00AA53C9"/>
     <w:rsid w:val="00AC7E0D"/>
     <w:rsid w:val="00AE1D69"/>
     <w:rsid w:val="00AE49B9"/>
+    <w:rsid w:val="00AF574A"/>
     <w:rsid w:val="00B10A32"/>
     <w:rsid w:val="00B111C3"/>
     <w:rsid w:val="00B33AFE"/>
+    <w:rsid w:val="00B6327A"/>
+    <w:rsid w:val="00BA07F8"/>
     <w:rsid w:val="00BB5036"/>
     <w:rsid w:val="00BD37D6"/>
     <w:rsid w:val="00BD5316"/>
     <w:rsid w:val="00BE4AC0"/>
     <w:rsid w:val="00C1000E"/>
     <w:rsid w:val="00C202D7"/>
     <w:rsid w:val="00C2665C"/>
     <w:rsid w:val="00C37056"/>
     <w:rsid w:val="00C50E28"/>
     <w:rsid w:val="00C65E4A"/>
     <w:rsid w:val="00C87A24"/>
     <w:rsid w:val="00C91EE6"/>
     <w:rsid w:val="00C94A3A"/>
     <w:rsid w:val="00CA188B"/>
     <w:rsid w:val="00CB15B1"/>
     <w:rsid w:val="00CC0086"/>
     <w:rsid w:val="00CC0856"/>
     <w:rsid w:val="00CC4459"/>
     <w:rsid w:val="00CE3E5F"/>
     <w:rsid w:val="00CF6316"/>
     <w:rsid w:val="00D13D05"/>
     <w:rsid w:val="00D27091"/>
+    <w:rsid w:val="00D349C0"/>
     <w:rsid w:val="00D477C7"/>
+    <w:rsid w:val="00D70BAD"/>
     <w:rsid w:val="00D76261"/>
     <w:rsid w:val="00DA3ADB"/>
     <w:rsid w:val="00DA46D2"/>
     <w:rsid w:val="00DA7E97"/>
+    <w:rsid w:val="00E03433"/>
+    <w:rsid w:val="00E36906"/>
     <w:rsid w:val="00E76761"/>
+    <w:rsid w:val="00E77A20"/>
     <w:rsid w:val="00E869B7"/>
+    <w:rsid w:val="00E97A0D"/>
     <w:rsid w:val="00EA4C48"/>
     <w:rsid w:val="00EA653B"/>
     <w:rsid w:val="00EB2D88"/>
     <w:rsid w:val="00EB638C"/>
     <w:rsid w:val="00EB66C8"/>
     <w:rsid w:val="00EC77C8"/>
     <w:rsid w:val="00ED7E70"/>
     <w:rsid w:val="00F61E50"/>
     <w:rsid w:val="00F63B1A"/>
+    <w:rsid w:val="00F6467A"/>
     <w:rsid w:val="00FA0AB4"/>
     <w:rsid w:val="00FA102D"/>
     <w:rsid w:val="00FE5ACB"/>
     <w:rsid w:val="00FF70BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="41D2C89E"/>
+  <w14:docId w14:val="6B34443E"/>
   <w15:docId w15:val="{C9DB3D48-5B73-4F9A-BF3D-398DC9C7454D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5675,55 +5940,60 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004B2400"/>
+    <w:rsid w:val="00146AA0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="004B2400"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -5850,77 +6120,127 @@
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000074AC"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00724FC1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007E70BB"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C557A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D349C0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D349C0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/child-sexual-abuse-and-exploitation.htm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/downloads/file/65/cyscp-exploitation-guidance" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/downloads/file/108/cyscp-early-help-assessment-tool" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/concerned-about-a-child-or-young-person.htm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/downloads/file/180/early-help-assessment-guidance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/downloads/file/108/cyscp-early-help-assessment-tool" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.saferchildrenyork.org.uk/downloads/file/180/early-help-assessment-guidance" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_22675703"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{688023AB-3175-4335-A135-9A64C9932954}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00AE4401" w:rsidRDefault="009034FD">
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -5949,53 +6269,53 @@
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="31A5895519EF49D29F7EA8DF1AEF926B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9D9CEA2B-E8F4-45B2-8F4E-9A9639425D13}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="31A5895519EF49D29F7EA8DF1AEF926B2"/>
+            <w:pStyle w:val="31A5895519EF49D29F7EA8DF1AEF926B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00A72A94">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2934708B807B4066ADEFAA2BC27A04BA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75F8D3E8-7FB4-4067-A090-D22C41DA5438}"/>
       </w:docPartPr>
@@ -6007,53 +6327,53 @@
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1AAE593EBC084F6F839E1ADCF4345B6A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A3999817-B05C-437B-A217-21051EE7CE15}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="1AAE593EBC084F6F839E1ADCF4345B6A2"/>
+            <w:pStyle w:val="1AAE593EBC084F6F839E1ADCF4345B6A1"/>
           </w:pPr>
           <w:r w:rsidRPr="00A72A94">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3B4D6779-0367-486A-BD7D-5541CD83FD83}"/>
       </w:docPartPr>
@@ -6065,372 +6385,372 @@
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="85944DB7CE2A445F8D0D00A1893B9E3E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A54BE344-B145-4DC1-BF11-F768FB1D3278}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="85944DB7CE2A445F8D0D00A1893B9E3E2"/>
+            <w:pStyle w:val="85944DB7CE2A445F8D0D00A1893B9E3E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DB14A517A4924E799A71B16F65632168"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{693E42E7-DF1D-4A85-AFDB-DE582A5899B5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="DB14A517A4924E799A71B16F656321682"/>
+            <w:pStyle w:val="DB14A517A4924E799A71B16F656321681"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DE0E80D795744B0CB4E25BEBEBB724EB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2611DE70-499B-4587-BCA8-24488DB5B1BF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="DE0E80D795744B0CB4E25BEBEBB724EB2"/>
+            <w:pStyle w:val="DE0E80D795744B0CB4E25BEBEBB724EB1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9D2AB31897654CE0AC74DDB633F41D08"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2BC430F5-CE67-4196-BB93-EC4DB6976434}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="9D2AB31897654CE0AC74DDB633F41D082"/>
+            <w:pStyle w:val="9D2AB31897654CE0AC74DDB633F41D081"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3295F5071B774FBFB1BA136ABB6D6CB0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{47A56480-9791-4CAB-939E-AA1A2617E4DD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="3295F5071B774FBFB1BA136ABB6D6CB02"/>
+            <w:pStyle w:val="3295F5071B774FBFB1BA136ABB6D6CB01"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F0468C6BF6CD417DBB1D0A901E905D9C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5300D3FB-0EFA-4120-9F14-47B0EC4AB5C5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="F0468C6BF6CD417DBB1D0A901E905D9C2"/>
+            <w:pStyle w:val="F0468C6BF6CD417DBB1D0A901E905D9C1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2695EA773A724F60A7DF4DF4949283E5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1405755B-C4F8-4869-917F-32C932976DE9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="2695EA773A724F60A7DF4DF4949283E52"/>
+            <w:pStyle w:val="2695EA773A724F60A7DF4DF4949283E51"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A20024A628394A7B81A0E1BE67C27F4C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E10B5876-0C71-493F-BFA4-4B280C92EDC2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="A20024A628394A7B81A0E1BE67C27F4C2"/>
+            <w:pStyle w:val="A20024A628394A7B81A0E1BE67C27F4C1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F1C64203E11946C6A81399C4A100FF4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D527BE22-3D74-4940-B19C-A6580CAF2037}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="F1C64203E11946C6A81399C4A100FF4D2"/>
+            <w:pStyle w:val="F1C64203E11946C6A81399C4A100FF4D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5740193A262646C48472733B4C950CAC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{25F6C5CF-0D32-422B-BE56-8A0FF0ED1A62}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="5740193A262646C48472733B4C950CAC2"/>
+            <w:pStyle w:val="5740193A262646C48472733B4C950CAC1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6C684F4CE9504D52BF14CD89B8DFDD34"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3A2173FC-B782-439D-9EDB-F7F0C806B140}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="6C684F4CE9504D52BF14CD89B8DFDD342"/>
+            <w:pStyle w:val="6C684F4CE9504D52BF14CD89B8DFDD341"/>
           </w:pPr>
           <w:r w:rsidRPr="00C27545">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0086820129F84CD9BC7FBC9DDC2BC43A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{27423E1A-4507-498F-82FA-3BD64710055C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="0086820129F84CD9BC7FBC9DDC2BC43A2"/>
+            <w:pStyle w:val="0086820129F84CD9BC7FBC9DDC2BC43A1"/>
           </w:pPr>
           <w:r w:rsidRPr="00A72A94">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8AA94EE8ADF941E68386252E0861E223"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{514A47D7-3EC9-4102-AEED-54826EC4A0A9}"/>
       </w:docPartPr>
@@ -6442,53 +6762,53 @@
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2D13DF81944E48D0AF492F6F691A0E2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{28D03520-A313-461C-B612-00EC9813B307}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="2D13DF81944E48D0AF492F6F691A0E2E2"/>
+            <w:pStyle w:val="2D13DF81944E48D0AF492F6F691A0E2E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{25ECE15A-F6C6-4F18-8790-91923368C4FF}"/>
       </w:docPartPr>
@@ -6500,314 +6820,314 @@
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F5A494C3BA304C52A40231D89CE9D188"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22DDE688-3B3A-444F-B3B3-5689DA0F73BA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="F5A494C3BA304C52A40231D89CE9D1882"/>
+            <w:pStyle w:val="F5A494C3BA304C52A40231D89CE9D1881"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="59937E44E8A14A329600BCAF7D17FF57"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{415E56DD-8D07-4F7E-A732-BE15FCF8878D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="59937E44E8A14A329600BCAF7D17FF572"/>
+            <w:pStyle w:val="59937E44E8A14A329600BCAF7D17FF571"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="264C0ADDDFA4405E98CFB1957E9D5C0A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1CE97CB0-BA7C-425A-9BE7-4F23CF6B376D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="264C0ADDDFA4405E98CFB1957E9D5C0A2"/>
+            <w:pStyle w:val="264C0ADDDFA4405E98CFB1957E9D5C0A1"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9327F0B45FEB492DBB6BF4CD754C1CA5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{70BCF748-7322-4712-A3A7-575BFB842AA1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="9327F0B45FEB492DBB6BF4CD754C1CA52"/>
+            <w:pStyle w:val="9327F0B45FEB492DBB6BF4CD754C1CA51"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="769A1F2A3A374A4BB59AD80AAA6E13F5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2DCA0B93-9D74-4F02-8776-56BBA61945B8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="769A1F2A3A374A4BB59AD80AAA6E13F52"/>
+            <w:pStyle w:val="769A1F2A3A374A4BB59AD80AAA6E13F51"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CCCE4A0E1C4742D89A49C2BAA0752794"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E87A5FC4-0F36-4A8B-8867-9052A8C460D2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="CCCE4A0E1C4742D89A49C2BAA07527942"/>
+            <w:pStyle w:val="CCCE4A0E1C4742D89A49C2BAA07527941"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F80CDD17D7914094A0E7FE639C7F9B91"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BD06DD0C-CF50-4BA2-96F3-D2DB946090E4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="F80CDD17D7914094A0E7FE639C7F9B912"/>
+            <w:pStyle w:val="F80CDD17D7914094A0E7FE639C7F9B911"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EB324DD3B6904E3EB0A452E6898FD031"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5929B0A-4FD5-42DD-B160-1A86C7A0D134}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="EB324DD3B6904E3EB0A452E6898FD0312"/>
+            <w:pStyle w:val="EB324DD3B6904E3EB0A452E6898FD0311"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="522B9FE4417642A58B55EAFA3F4830CC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AEED415E-EFD0-4D34-BE04-911148070AD8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="522B9FE4417642A58B55EAFA3F4830CC2"/>
+            <w:pStyle w:val="522B9FE4417642A58B55EAFA3F4830CC1"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="350CF08EAFD047A9AA40DFFDD24DBE36"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6B039CB6-89C1-4AA8-81E1-816FD44AB9BE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="350CF08EAFD047A9AA40DFFDD24DBE362"/>
+            <w:pStyle w:val="350CF08EAFD047A9AA40DFFDD24DBE361"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ACFFDD94807444DBBB83B7B99DA2F747"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{78D1BD2E-5BC6-49D5-8E04-405FEDD48D41}"/>
       </w:docPartPr>
@@ -6848,401 +7168,256 @@
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7B20E851A4A445E987DB0FEEFB3E3B57"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0AEF99B1-B79E-4558-BD43-8269704E1F54}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="7B20E851A4A445E987DB0FEEFB3E3B572"/>
+            <w:pStyle w:val="7B20E851A4A445E987DB0FEEFB3E3B571"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="45916E0588ED4B328619C8E4EE35D188"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5DAB42FD-14BE-49BB-8F33-B1DEC2750DC2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="45916E0588ED4B328619C8E4EE35D1882"/>
+            <w:pStyle w:val="45916E0588ED4B328619C8E4EE35D1881"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3918D71AFA8A4EECA664A427C39E5468"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CAF31354-95B0-4052-8DFD-1D1C20D8CC2F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="3918D71AFA8A4EECA664A427C39E54682"/>
-[...57 lines deleted...]
-            <w:pStyle w:val="61817C3500904EAFA64F6AA5DBC0B4EA2"/>
+            <w:pStyle w:val="3918D71AFA8A4EECA664A427C39E54681"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EA9E9C4127B848AABBB23C903439BC4A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{442CB4C1-5295-43A2-BBBA-316D1C4795AA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="EA9E9C4127B848AABBB23C903439BC4A2"/>
+            <w:pStyle w:val="EA9E9C4127B848AABBB23C903439BC4A1"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F9BB0BA2E08648FE89AF08A728781D3C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F6EB72A5-9CCC-4878-8215-820D6669A947}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B91D54" w:rsidRDefault="00B91D54" w:rsidP="00B91D54">
           <w:pPr>
             <w:pStyle w:val="F9BB0BA2E08648FE89AF08A728781D3C"/>
           </w:pPr>
           <w:r w:rsidRPr="00770DC9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5AA5B2E21CA3494BBE8B32AA67A882F2"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="93D210510967415CA93A00A68F983595"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AD6217CB-6C66-4A17-BDBF-F423EA0DF2BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="93D210510967415CA93A00A68F9835952"/>
+            <w:pStyle w:val="93D210510967415CA93A00A68F9835951"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="76CE4BCC49FC48398D0C966DC8BEBC2E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C11458FB-743B-4702-940C-24FC0523B0EF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="76CE4BCC49FC48398D0C966DC8BEBC2E2"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="797FF8D1D25A497AB8BD519E75D9E2C92"/>
+            <w:pStyle w:val="76CE4BCC49FC48398D0C966DC8BEBC2E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="826ED0A80A0F4680AE95CD2AEEAADE93"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6BAC3393-D07A-4A48-9628-AA2B1FD22998}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B91D54" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="00B91D54" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="826ED0A80A0F4680AE95CD2AEEAADE932"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="519AC47E14754DC89B03E661B623ACF72"/>
+            <w:pStyle w:val="826ED0A80A0F4680AE95CD2AEEAADE931"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA3C50">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{37391706-EB81-4373-97AD-8C6A81D73C3E}"/>
       </w:docPartPr>
@@ -7280,175 +7455,206 @@
           <w:r w:rsidRPr="00B81CD3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB93FE30D7E545758B5DA1ADA89A84D9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{956127D2-8296-40EB-A4A5-C9F599BD0ADF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="007B7136" w:rsidRDefault="007B7136" w:rsidP="007B7136">
+        <w:p w:rsidR="007B7136" w:rsidRDefault="00EA047B" w:rsidP="00EA047B">
           <w:pPr>
-            <w:pStyle w:val="CB93FE30D7E545758B5DA1ADA89A84D91"/>
+            <w:pStyle w:val="CB93FE30D7E545758B5DA1ADA89A84D92"/>
           </w:pPr>
           <w:r w:rsidRPr="00875899">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009034FD"/>
+    <w:rsid w:val="002757C7"/>
     <w:rsid w:val="00276D4C"/>
     <w:rsid w:val="002D3FA6"/>
     <w:rsid w:val="007B7136"/>
     <w:rsid w:val="009034FD"/>
+    <w:rsid w:val="00953482"/>
+    <w:rsid w:val="009646B7"/>
     <w:rsid w:val="00AE4401"/>
+    <w:rsid w:val="00AF574A"/>
     <w:rsid w:val="00B91D54"/>
     <w:rsid w:val="00E5776B"/>
+    <w:rsid w:val="00E97A0D"/>
+    <w:rsid w:val="00EA047B"/>
     <w:rsid w:val="00FA44FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7776,1555 +7982,538 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE4401"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007B7136"/>
+    <w:rsid w:val="00EA047B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BE07C1848F7E49D3BDC26FDBE19ECDA3">
-[...62 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="36D4CEF4F9AB464AB30142166D93D9F2">
     <w:name w:val="36D4CEF4F9AB464AB30142166D93D9F2"/>
-    <w:rsid w:val="00B91D54"/>
-[...222 lines deleted...]
-    <w:name w:val="48A6B12137B6430A96FA12BC39B33279"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2934708B807B4066ADEFAA2BC27A04BA">
     <w:name w:val="2934708B807B4066ADEFAA2BC27A04BA"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AAE593EBC084F6F839E1ADCF4345B6A">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="59FD7C967D6E4A649332CED6EA13DA08">
     <w:name w:val="59FD7C967D6E4A649332CED6EA13DA08"/>
-    <w:rsid w:val="00B91D54"/>
-[...46 lines deleted...]
-    <w:name w:val="0086820129F84CD9BC7FBC9DDC2BC43A"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8AA94EE8ADF941E68386252E0861E223">
     <w:name w:val="8AA94EE8ADF941E68386252E0861E223"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D13DF81944E48D0AF492F6F691A0E2E">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1E175CB8F7F4D9CB785C04DD18FAB77">
     <w:name w:val="E1E175CB8F7F4D9CB785C04DD18FAB77"/>
-    <w:rsid w:val="00B91D54"/>
-[...46 lines deleted...]
-    <w:name w:val="350CF08EAFD047A9AA40DFFDD24DBE36"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACFFDD94807444DBBB83B7B99DA2F747">
     <w:name w:val="ACFFDD94807444DBBB83B7B99DA2F747"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A3CA1F94BBA49958493FEAB8CF7D14F">
     <w:name w:val="5A3CA1F94BBA49958493FEAB8CF7D14F"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7B20E851A4A445E987DB0FEEFB3E3B57">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9BB0BA2E08648FE89AF08A728781D3C">
     <w:name w:val="F9BB0BA2E08648FE89AF08A728781D3C"/>
     <w:rsid w:val="00B91D54"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AA5B2E21CA3494BBE8B32AA67A882F2">
-[...21 lines deleted...]
-    <w:rsid w:val="00B91D54"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75A4DEF2C3E444318C52D260A64A4C71">
+    <w:name w:val="75A4DEF2C3E444318C52D260A64A4C71"/>
+    <w:rsid w:val="00276D4C"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D13DF81944E48D0AF492F6F691A0E2E1">
     <w:name w:val="2D13DF81944E48D0AF492F6F691A0E2E1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5A494C3BA304C52A40231D89CE9D1881">
     <w:name w:val="F5A494C3BA304C52A40231D89CE9D1881"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="59937E44E8A14A329600BCAF7D17FF571">
     <w:name w:val="59937E44E8A14A329600BCAF7D17FF571"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="264C0ADDDFA4405E98CFB1957E9D5C0A1">
     <w:name w:val="264C0ADDDFA4405E98CFB1957E9D5C0A1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9327F0B45FEB492DBB6BF4CD754C1CA51">
     <w:name w:val="9327F0B45FEB492DBB6BF4CD754C1CA51"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="769A1F2A3A374A4BB59AD80AAA6E13F51">
     <w:name w:val="769A1F2A3A374A4BB59AD80AAA6E13F51"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F9C739394CF94518B97FEB03E49B7C881">
-[...13 lines deleted...]
-    <w:rsid w:val="00FA44FE"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB93FE30D7E545758B5DA1ADA89A84D92">
+    <w:name w:val="CB93FE30D7E545758B5DA1ADA89A84D92"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CCCE4A0E1C4742D89A49C2BAA07527941">
     <w:name w:val="CCCE4A0E1C4742D89A49C2BAA07527941"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F80CDD17D7914094A0E7FE639C7F9B911">
     <w:name w:val="F80CDD17D7914094A0E7FE639C7F9B911"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB324DD3B6904E3EB0A452E6898FD0311">
     <w:name w:val="EB324DD3B6904E3EB0A452E6898FD0311"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="522B9FE4417642A58B55EAFA3F4830CC1">
     <w:name w:val="522B9FE4417642A58B55EAFA3F4830CC1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0086820129F84CD9BC7FBC9DDC2BC43A1">
     <w:name w:val="0086820129F84CD9BC7FBC9DDC2BC43A1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="31A5895519EF49D29F7EA8DF1AEF926B1">
     <w:name w:val="31A5895519EF49D29F7EA8DF1AEF926B1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AAE593EBC084F6F839E1ADCF4345B6A1">
     <w:name w:val="1AAE593EBC084F6F839E1ADCF4345B6A1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="85944DB7CE2A445F8D0D00A1893B9E3E1">
     <w:name w:val="85944DB7CE2A445F8D0D00A1893B9E3E1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB14A517A4924E799A71B16F656321681">
     <w:name w:val="DB14A517A4924E799A71B16F656321681"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DE0E80D795744B0CB4E25BEBEBB724EB1">
     <w:name w:val="DE0E80D795744B0CB4E25BEBEBB724EB1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D2AB31897654CE0AC74DDB633F41D081">
     <w:name w:val="9D2AB31897654CE0AC74DDB633F41D081"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3295F5071B774FBFB1BA136ABB6D6CB01">
     <w:name w:val="3295F5071B774FBFB1BA136ABB6D6CB01"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0468C6BF6CD417DBB1D0A901E905D9C1">
     <w:name w:val="F0468C6BF6CD417DBB1D0A901E905D9C1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2695EA773A724F60A7DF4DF4949283E51">
     <w:name w:val="2695EA773A724F60A7DF4DF4949283E51"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A20024A628394A7B81A0E1BE67C27F4C1">
     <w:name w:val="A20024A628394A7B81A0E1BE67C27F4C1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1C64203E11946C6A81399C4A100FF4D1">
     <w:name w:val="F1C64203E11946C6A81399C4A100FF4D1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5740193A262646C48472733B4C950CAC1">
     <w:name w:val="5740193A262646C48472733B4C950CAC1"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C684F4CE9504D52BF14CD89B8DFDD341">
     <w:name w:val="6C684F4CE9504D52BF14CD89B8DFDD341"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="350CF08EAFD047A9AA40DFFDD24DBE361">
     <w:name w:val="350CF08EAFD047A9AA40DFFDD24DBE361"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7B20E851A4A445E987DB0FEEFB3E3B571">
     <w:name w:val="7B20E851A4A445E987DB0FEEFB3E3B571"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="45916E0588ED4B328619C8E4EE35D1881">
     <w:name w:val="45916E0588ED4B328619C8E4EE35D1881"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3918D71AFA8A4EECA664A427C39E54681">
     <w:name w:val="3918D71AFA8A4EECA664A427C39E54681"/>
-    <w:rsid w:val="00FA44FE"/>
-[...23 lines deleted...]
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA9E9C4127B848AABBB23C903439BC4A1">
     <w:name w:val="EA9E9C4127B848AABBB23C903439BC4A1"/>
-    <w:rsid w:val="00FA44FE"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="93D210510967415CA93A00A68F9835951">
     <w:name w:val="93D210510967415CA93A00A68F9835951"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="76CE4BCC49FC48398D0C966DC8BEBC2E1">
     <w:name w:val="76CE4BCC49FC48398D0C966DC8BEBC2E1"/>
-    <w:rsid w:val="00FA44FE"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="826ED0A80A0F4680AE95CD2AEEAADE931">
     <w:name w:val="826ED0A80A0F4680AE95CD2AEEAADE931"/>
-    <w:rsid w:val="00FA44FE"/>
+    <w:rsid w:val="00EA047B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="519AC47E14754DC89B03E661B623ACF71">
-[...527 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
@@ -9577,78 +8766,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD5E33F7-4820-4924-B848-A9B974096468}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6164FD36-9B7F-4862-AF16-16864EE7DD20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1454</Words>
-  <Characters>8293</Characters>
+  <Words>1557</Words>
+  <Characters>8878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of York Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9728</CharactersWithSpaces>
+  <CharactersWithSpaces>10415</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>echoesc</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>