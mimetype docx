--- v0 (2025-10-08)
+++ v1 (2026-02-21)
@@ -1,1926 +1,1799 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="12FCE6C5" w14:textId="77777777" w:rsidR="00AD749D" w:rsidRPr="001647AC" w:rsidRDefault="00352B32">
+    <w:p w14:paraId="4D3E9404" w14:textId="0565A851" w:rsidR="003849FD" w:rsidRPr="001647AC" w:rsidRDefault="00530F68" w:rsidP="00701E8B">
       <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001647AC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>FII Chronology</w:t>
+        <w:t>Perplexing Presentations/Fabricated Induced Illness</w:t>
+      </w:r>
+      <w:r w:rsidR="00352B32" w:rsidRPr="001647AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chronology</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1980"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5045"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="6272"/>
+        <w:gridCol w:w="1777"/>
+        <w:gridCol w:w="4367"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="5023A1E7" w14:textId="77777777" w:rsidTr="00352B32">
-[...4 lines deleted...]
-          <w:p w14:paraId="0B2DCBFE" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="2B3D770D" w14:textId="77777777" w:rsidTr="00C018F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C132A5" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Name of child:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="76F77A21" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+            <w:tcW w:w="6272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C0D1F0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0F15404C" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A42B08B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date of Birth (dd/mm/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>yy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5045" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D506446" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+            <w:tcW w:w="4367" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7B7B7E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="5791FCE0" w14:textId="77777777" w:rsidTr="00352B32">
-[...4 lines deleted...]
-          <w:p w14:paraId="0206F7E8" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="33CEC0B7" w14:textId="77777777" w:rsidTr="00C018F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC4AE30" w14:textId="5926AEBE" w:rsidR="00C018F8" w:rsidRDefault="00C018F8" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00352B32">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Complied by:</w:t>
+              <w:t>Name &amp; Designation</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...18 lines deleted...]
-          <w:p w14:paraId="0E49529C" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="700D053C" w14:textId="4E05C355" w:rsidR="00C018F8" w:rsidRPr="00352B32" w:rsidRDefault="00C018F8" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00352B32">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>Agency:</w:t>
+              <w:t xml:space="preserve">Date completed </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5045" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2DF2D2E9" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+            <w:tcW w:w="6272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8ED4FE" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1777" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088DFA68" w14:textId="4E24DE60" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00C018F8" w:rsidP="00352B32">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:r w:rsidR="00352B32" w:rsidRPr="00352B32">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4367" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49CC0AFF" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="169EFB1D" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32">
+    <w:p w14:paraId="1DC3EB6C" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1061"/>
         <w:gridCol w:w="1061"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3656"/>
         <w:gridCol w:w="3657"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="73946549" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="333D97FC" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1443ED" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="002B57E5" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>DATE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="607EC45F" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="19D78E83" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>TIME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="7A40524A" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="7D82F268" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="10A1E2A9" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="239A7E8B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>SOURCE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8137F3" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="78F562CC" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>EPISODE / EVENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="514C34DA" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="78DC372C" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>COMMENT / DISCREPENCY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="6DF6CBFD" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="15690B94" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EFE9669" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="5CFC61E8" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>dd/mm/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>yy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DCFB69" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="5944E66F" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>24 Hr Clock e.g. 14:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63A5A6A3" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="43491268" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name of the child (there may be more than one child affected)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64F69D98" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="6553F0B4" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Agency and source within that agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6408BD03" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="604609D2" w14:textId="6F6A43FD" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00227943" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00352B32">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Describe the event/episode (see above section good chronology)</w:t>
+              <w:t>Briefly d</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+            <w:r w:rsidR="00352B32" w:rsidRPr="00352B32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00352B32">
+              <w:t xml:space="preserve">escribe the event/episode (see </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>With particular reference to any warning signs in Table 1</w:t>
+              <w:t>the</w:t>
             </w:r>
+            <w:r w:rsidR="00352B32" w:rsidRPr="00352B32">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> chronology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> section for further guidance</w:t>
+            </w:r>
+            <w:r w:rsidR="00352B32" w:rsidRPr="00352B32">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3657" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F3B4B9" w14:textId="691A0F32" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="14D69D30" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="43A7DA59" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFC8932" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="79EDF5AB" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06280661" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="38F69735" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48896817" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="6713B048" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6B24AD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="795EA6CD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6AF762" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="3F31EED9" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A15214" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="79A4D5B8" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="028D6692" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="1B0635C5" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0858FEB3" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="19704E65" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="592FDEB6" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="047C25CD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C7FC31D" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="29C2EA4A" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6CDE96" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="35A2D0EE" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27A42365" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="42360F34" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEE99C1" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="2EF22871" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="5A6C22F1" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="44870FD6" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05A4A045" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="58497B51" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A53783" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="160CA779" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="384F48CA" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="7E8186A6" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A83E6B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="4A178943" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="556F6689" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="03F9AC08" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBD838A" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="1C495679" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="77975513" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="13939A35" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01856147" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="0C776135" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F19F94" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="5AD8E746" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7483F935" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="4E2D4B09" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05FC6928" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="3AA4739C" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F5AE398" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="51F3EB42" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CDA23AD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="159516AD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="05F6B086" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="5709A071" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A7A0B5" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="208F8EF0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50CCFB52" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="3E6B630E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D26223" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="38C3F012" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C0BC164" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="4FDDB02A" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A06E9A7" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="06BC1BFE" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="663E7AB7" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="798AA5DA" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="7345383C" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="4E60B5C6" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63DEC9B0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="275CFFD2" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74EC49F0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="35CEDCED" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DD76B2" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="5BFE4E6E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="761F63E7" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="4613C61A" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D487B92" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="7FA39BBF" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B9642F" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="429AF974" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="2D4DA73E" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="19883999" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="418B5BD8" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="6F2A5693" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4F45A9" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="464849F3" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E303637" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="5E49D58E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9CC34E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="5192801A" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFD73C1" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="7C494546" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="684EACF2" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="21F39AD9" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="028C594B" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="046E3D19" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1715BB82" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="1A164FFE" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C736BB" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="65077998" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="708B68DD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="6AD0B081" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F42EAAF" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="63104178" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="353213EA" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="01AC7522" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D32D7C4" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="50165957" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="5D7F02A4" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="7D144D68" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4A329D" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="142A8E13" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02849CDD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="3F9925E6" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34827D03" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="714FCED4" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D02B4D0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="1DBE98E6" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDF3614" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="33FC6907" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2A5EAD" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="7555F13B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="0B2354FC" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="32AA58AD" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C9527B7" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="0EEA7B0E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31218507" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="547F8DB2" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF92698" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="3C6BB5B0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4A993F" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="0B25FA7B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE5BB75" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="4B06F67B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5572D7" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="652AB68E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="7A41C63E" w14:textId="77777777" w:rsidTr="00352B32">
+      <w:tr w:rsidR="00352B32" w:rsidRPr="00352B32" w14:paraId="09E8F7A4" w14:textId="77777777" w:rsidTr="00352B32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="658007D5" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="4C18BEB0" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB970BC" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="6C58379B" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1426CDE4" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="0F5A3511" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB56564" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="12B2751E" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFF84B1" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="6343AC41" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5192728F" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
-[...183 lines deleted...]
-          <w:p w14:paraId="09BB269C" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
+          <w:p w14:paraId="363427D5" w14:textId="77777777" w:rsidR="00352B32" w:rsidRPr="00352B32" w:rsidRDefault="00352B32" w:rsidP="00352B32">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A10A9E3" w14:textId="77777777" w:rsidR="00352B32" w:rsidRDefault="00352B32"/>
+    <w:p w14:paraId="553FDF16" w14:textId="77777777" w:rsidR="00352B32" w:rsidRDefault="00352B32"/>
     <w:sectPr w:rsidR="00352B32" w:rsidSect="00352B32">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="469657F6" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
+    <w:p w14:paraId="0F8D9A25" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F3D7C51" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
+    <w:p w14:paraId="4F9939E0" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="3345E3FB" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4B78F1A6" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="38932EDE" wp14:editId="0179C4E8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="44EACE65" wp14:editId="7EFCE21D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>7096125</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="10692130" cy="273050"/>
               <wp:effectExtent l="0" t="0" r="0" b="12700"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="MSIPCM5825496ba7a662ede5252b77" descr="{&quot;HashCode&quot;:455321412,&quot;Height&quot;:595.0,&quot;Width&quot;:841.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="10692130" cy="273050"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3783ABFC" w14:textId="77777777" w:rsidR="00783927" w:rsidRPr="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
+                        <w:p w14:paraId="467B622E" w14:textId="77777777" w:rsidR="00783927" w:rsidRPr="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="FF0000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00783927">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="FF0000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
@@ -1950,186 +1823,171 @@
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00783927">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C52755B" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
+    <w:p w14:paraId="4C00F42E" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B0D2A07" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
+    <w:p w14:paraId="4F98C809" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927" w:rsidP="00783927">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="273AF682" w14:textId="77777777" w:rsidR="00783927" w:rsidRDefault="00783927">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E67CF03" w14:textId="541D0FFB" w:rsidR="00783927" w:rsidRDefault="00701E8B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-  </w:p>
-[...18 lines deleted...]
-    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">APPENDIX TWO </w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00352B32"/>
     <w:rsid w:val="00026F92"/>
+    <w:rsid w:val="00091046"/>
     <w:rsid w:val="00120762"/>
     <w:rsid w:val="001647AC"/>
+    <w:rsid w:val="00225588"/>
+    <w:rsid w:val="00227943"/>
+    <w:rsid w:val="002E1C39"/>
+    <w:rsid w:val="003306A4"/>
     <w:rsid w:val="00352B32"/>
+    <w:rsid w:val="003849FD"/>
     <w:rsid w:val="00446A83"/>
     <w:rsid w:val="00492167"/>
-    <w:rsid w:val="004C5188"/>
     <w:rsid w:val="00515A7D"/>
+    <w:rsid w:val="00530F68"/>
+    <w:rsid w:val="006D7D81"/>
+    <w:rsid w:val="00701E8B"/>
     <w:rsid w:val="00783927"/>
     <w:rsid w:val="00946C84"/>
+    <w:rsid w:val="00B871C0"/>
+    <w:rsid w:val="00BA36A2"/>
+    <w:rsid w:val="00C018F8"/>
+    <w:rsid w:val="00C73738"/>
+    <w:rsid w:val="00D64767"/>
     <w:rsid w:val="00E07B69"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="72266575"/>
+  <w14:docId w14:val="1225B9DC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CFB0BA83-1D53-4CCA-954A-8BEAC36E41DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2207,94 +2065,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2573,58 +2435,58 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00783927"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00783927"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2849,75 +2711,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>72</Words>
-  <Characters>417</Characters>
+  <Words>77</Words>
+  <Characters>439</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NYCC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>488</CharactersWithSpaces>
+  <CharactersWithSpaces>515</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Haydn ReesJones</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3ecdfc32-7be5-4b17-9f97-00453388bdd7_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>